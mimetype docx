--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,276 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <!-- Generated by Aspose.Words for .NET 25.1.0 -->
   <w:body>
-    <w:p w14:paraId="04DCFB63" w14:textId="210A2CCC" w:rsidR="000C50F5" w:rsidRPr="000C50F5" w:rsidRDefault="00A03E37" w:rsidP="000C50F5">
+    <w:p w:rsidR="000C50F5" w:rsidRPr="000C50F5" w:rsidP="000C50F5" w14:paraId="04DCFB63" w14:textId="210A2CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="000C50F5" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399F18F1" w14:textId="77777777" w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidRDefault="00EF6438" w:rsidP="00EF6438">
+    <w:p w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidP="00EF6438" w14:paraId="399F18F1" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39DA5BED" w14:textId="5A02E97E" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="000C50F5" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="39DA5BED" w14:textId="5A02E97E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Komersanta (projekta pieteicēja) nosaukums</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09055749" w14:textId="506A8445" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="000C50F5" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="09055749" w14:textId="506A8445">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Komersanta (projekta pieteicēja)</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>darbinieks</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF24A3C" w14:textId="22F79C77" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00ED1157" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="2CF24A3C" w14:textId="22F79C77">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">e-pasts: </w:t>
       </w:r>
-      <w:r w:rsidR="000C50F5" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Komersanta (projekta pieteicēja) elektroniskā </w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>pa</w:t>
       </w:r>
-      <w:r w:rsidR="000C50F5" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="000C50F5" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a adrese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E59443" w14:textId="1F0FAAFD" w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidRDefault="00EF6438" w:rsidP="00F4056D">
+    <w:p w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidP="00F4056D" w14:paraId="31E59443" w14:textId="1F0FAAFD">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="371F769D" w14:textId="28B1B1D8" w:rsidR="00F4056D" w:rsidRPr="000C50F5" w:rsidRDefault="000C50F5" w:rsidP="00F4056D">
+    <w:p w:rsidR="00F4056D" w:rsidRPr="000C50F5" w:rsidP="00F4056D" w14:paraId="371F769D" w14:textId="28B1B1D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atzinums</w:t>
       </w:r>
-      <w:r w:rsidR="00F43747" w:rsidRPr="000C50F5">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="1"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F4056D" w:rsidRPr="000C50F5">
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F650B9" w14:textId="77777777" w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidRDefault="00EF6438" w:rsidP="00EF6438">
+    <w:p w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidP="00EF6438" w14:paraId="11F650B9" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FBF5713" w14:textId="4CF03181" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00ED1157" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="7FBF5713" w14:textId="4CF03181">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Saskaņā ar Ministru kabineta 202</w:t>
       </w:r>
       <w:r w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
@@ -336,51 +339,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr.</w:t>
       </w:r>
       <w:r w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidR="000C50F5" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Noteikumi par produktivitātes aizdevumiem uzņēmumu inovācijām</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>19. punktu</w:t>
@@ -400,69 +403,69 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Aizsardzības ministrija</w:t>
       </w:r>
       <w:r w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002575ED" w:rsidRPr="002575ED">
+      <w:r w:rsidRPr="002575ED" w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>AM</w:t>
       </w:r>
-      <w:r w:rsidR="002575ED" w:rsidRPr="002575ED">
+      <w:r w:rsidRPr="002575ED" w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir veikusi projekta pieteikuma </w:t>
       </w:r>
       <w:r w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -512,54 +515,72 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norāda summu) </w:t>
       </w:r>
       <w:r w:rsidRPr="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>EUR zinātnisko izvērtējumu.</w:t>
+        <w:t xml:space="preserve">EUR zinātnisko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izvērtējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4037A752" w14:textId="40F5C3A5" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00ED1157" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="4037A752" w14:textId="40F5C3A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Zinātniskās ekspertīzes rezultātā </w:t>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
@@ -571,226 +592,258 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apliecina, ka pieteiktais Projekts ir saņēmis šādu </w:t>
       </w:r>
       <w:r w:rsidR="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>zinātniskās ekspertīzes</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> novērtējumu pa kritērijiem:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9FA785" w14:textId="132E5137" w:rsidR="00514810" w:rsidRPr="000C50F5" w:rsidRDefault="00514810" w:rsidP="00514810">
+    <w:p w:rsidR="00514810" w:rsidRPr="000C50F5" w:rsidP="00514810" w14:paraId="4D9FA785" w14:textId="132E5137">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Divējāda lietojuma vērtējums drošības un aizsardzības jomā</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>Atbilst/ Neatbilst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321ABCDF" w14:textId="45A1086B" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00514810" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="321ABCDF" w14:textId="45A1086B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A03E37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Divējāda lietojuma inovatīvā produkta zinātniskā kvalitāte</w:t>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>Atbilst/ Neatbilst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CC86CF" w14:textId="3E6277E6" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="002575ED" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="46CC86CF" w14:textId="3E6277E6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Produkta gatavības līmenis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+        <w:t>Produkta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gatavības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002575ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>līmenis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00ED1157" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atbilst/ Neatbilst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5C9E33" w14:textId="7829489A" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00ED1157" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="2F5C9E33" w14:textId="7829489A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta īstenošanas iespējas un nodrošinājums</w:t>
@@ -810,512 +863,534 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atbilst/ Neatbilst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F662C5" w14:textId="77777777" w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidRDefault="00EF6438" w:rsidP="00EF6438">
+    <w:p w:rsidR="00EF6438" w:rsidRPr="000C50F5" w:rsidP="00EF6438" w14:paraId="26F662C5" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9E3FBD" w14:textId="0482A0FB" w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidRDefault="00ED1157" w:rsidP="00ED1157">
+    <w:p w:rsidR="00ED1157" w:rsidRPr="000C50F5" w:rsidP="00ED1157" w14:paraId="6C9E3FBD" w14:textId="0482A0FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pielikumā: </w:t>
       </w:r>
-      <w:r w:rsidR="00CA107C" w:rsidRPr="00CA107C">
+      <w:r w:rsidRPr="00CA107C" w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Biznesa projekta pieteikuma veidlapa </w:t>
       </w:r>
       <w:r w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(datne: </w:t>
       </w:r>
-      <w:r w:rsidR="00CA107C" w:rsidRPr="00CA107C">
+      <w:r w:rsidRPr="00CA107C" w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Metodika_inovācija_1_pielikums_biznesa projekta apraksts.docx</w:t>
       </w:r>
       <w:r w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidR="00CA107C" w:rsidRPr="00CA107C">
+      <w:r w:rsidRPr="00CA107C" w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Divējāda lietojuma inovatīva produkta zinātniskās ekspertīzes vērtējuma veidlapa</w:t>
       </w:r>
       <w:r w:rsidRPr="000C50F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002575ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">datne: </w:t>
       </w:r>
-      <w:r w:rsidR="00CA107C" w:rsidRPr="00CA107C">
+      <w:r w:rsidRPr="00CA107C" w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Metodika_inovācija_3_pielikums_AM_veidlapa.docx</w:t>
       </w:r>
       <w:r w:rsidR="00CA107C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4931BFFF" w14:textId="77777777" w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidRDefault="004C3D5C" w:rsidP="004C3D5C">
+    <w:p w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidP="004C3D5C" w14:paraId="4931BFFF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149F6504" w14:textId="77777777" w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidRDefault="004C3D5C" w:rsidP="004C3D5C">
+    <w:p w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidP="004C3D5C" w14:paraId="149F6504" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41F319F4" w14:textId="71D27083" w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidRDefault="002575ED" w:rsidP="004C3D5C">
+    <w:p w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidP="004C3D5C" w14:paraId="41F319F4" w14:textId="71D27083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Amats</w:t>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C7141" w:rsidRPr="000C50F5">
+      <w:r w:rsidRPr="000C50F5" w:rsidR="008C7141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Tahoma" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Vārds Uzvārds</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004C3D5C" w:rsidRPr="000C50F5" w:rsidSect="00325E28">
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidSect="00325E28">
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4A306CE5" w14:textId="77777777" w:rsidR="003B67D2" w:rsidRDefault="003B67D2" w:rsidP="003B67D2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="003B67D2" w:rsidP="003B67D2" w14:paraId="4A306CE5" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="10282603" w14:textId="4EA7601E" w:rsidR="003B67D2" w:rsidRPr="00CA107C" w:rsidRDefault="00CA107C" w:rsidP="00CA107C">
+  <w:p w:rsidR="003B67D2" w:rsidRPr="00CA107C" w:rsidP="00CA107C" w14:paraId="10282603" w14:textId="4EA7601E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="nn-NO"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004F1FD7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:lang w:val="nn-NO"/>
       </w:rPr>
       <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...1 lines deleted...]
-    <w:p w14:paraId="63FBB2D0" w14:textId="77777777" w:rsidR="00AE4CA4" w:rsidRDefault="00AE4CA4">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="004175F8" w14:paraId="7F940AEC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="245C6E88" w14:textId="77777777" w:rsidR="00AE4CA4" w:rsidRDefault="00AE4CA4">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="004175F8" w14:paraId="1570B479" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-    <w:p w14:paraId="2FB46B57" w14:textId="56EB126A" w:rsidR="00F43747" w:rsidRPr="00ED1157" w:rsidRDefault="00F43747" w:rsidP="00BF43C3">
+  <w:footnote w:id="2">
+    <w:p w:rsidR="002D73D9" w:rsidP="00BF43C3" w14:paraId="34CE8B70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD39F8">
         <w:t>Ekspert</w:t>
       </w:r>
       <w:r w:rsidR="000C50F5">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00FD39F8">
-        <w:t xml:space="preserve">vērtējums ir sagatavots un ir spēkā attiecībā uz projektu, kurš ir iesniegts </w:t>
+        <w:t xml:space="preserve">vērtējums ir sagatavots un ir spēkā attiecībā uz </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2113">
+        <w:t>inovāciju</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39F8">
+        <w:t>, kur</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2113">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39F8">
+        <w:t xml:space="preserve"> ir iesniegts </w:t>
       </w:r>
       <w:r w:rsidR="00514810">
         <w:t>Aizsardzības ministrijai</w:t>
       </w:r>
       <w:r w:rsidR="007F3221">
         <w:t xml:space="preserve"> zinātniskajai ekspertīzei</w:t>
       </w:r>
       <w:r w:rsidR="003644C0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F3221">
-        <w:t xml:space="preserve"> Jebkuras projektā veiktās izmaiņas tiek uzskatītas par būtiskām un padara sniegto </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">zinātniskās </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:t xml:space="preserve">Ja inovācijā veiktās izmaiņas tiek uzskatītas par būtiskām, tās padara sniegto zinātniskās ekspertīzes vērtējumu par spēkā neesošu attiecībā uz sākotnēji </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Aizsardzības ministrijai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:t xml:space="preserve"> iesniegto inovāciju</w:t>
       </w:r>
       <w:r w:rsidR="007F3221">
-        <w:t xml:space="preserve">ekspertīzes vērtējumu par spēkā neesošu attiecībā uz sākotnēji </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> iesniegto projektu.</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00541DA8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F43747" w:rsidRPr="00ED1157" w:rsidP="00BF43C3" w14:paraId="2FB46B57" w14:textId="67A80B83">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D73D9">
+        <w:t xml:space="preserve">Grozīts ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>07.11.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:t xml:space="preserve"> Nr. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3.7-9.6/2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D73D9">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>/44</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -1404,236 +1479,236 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="32567EA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3D8C87E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="802234AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="890AD62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8CFE72CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="06C4ED1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="381ABED2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5D60A58A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2D543EB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2CEA0AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="02897549"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9EDCC96C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -1702,253 +1777,253 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="0D5F2AC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4378A5F2"/>
-    <w:lvl w:ilvl="0" w:tplc="F9002BE0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="1D9C2159"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA9C9B5A"/>
-    <w:lvl w:ilvl="0" w:tplc="0809000F">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="1DB02988"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="65A035CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2017,141 +2092,141 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="21526BFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E1EA85C"/>
-    <w:lvl w:ilvl="0" w:tplc="541C164C">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="2FF93190"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40D6A338"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -2220,51 +2295,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="3D4A7417"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="17A0A43C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2357,51 +2432,51 @@
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="201F1E"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="201F1E"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="584A4FC3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -2446,333 +2521,333 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="714000D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AAC01ECE"/>
-    <w:lvl w:ilvl="0" w:tplc="1250D8E8">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EC503AC6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1E7CC270" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E55C9D4A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A3661176" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1F1CE3A6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FE36ED52" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E1DAED6C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="05944376" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="724F0D62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BDD8C2AA"/>
-    <w:lvl w:ilvl="0" w:tplc="E722BD46">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9F725C50" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FC34E7C8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="620AA1D6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="06A2B650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="945863F2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92EC01B4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A33E0A52" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2DB8639E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="75BE5A20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30AA6F9E"/>
-    <w:lvl w:ilvl="0" w:tplc="1EE82FA0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7DDCF8B4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A336CC12" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4D644ECC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68EA639C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E3AAB21E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="ACAE2524" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3CF285DC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="CCCC3CC8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="200172579">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1484395068">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="276446017">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2056192386">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="850801054">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="849563331">
@@ -2808,223 +2883,224 @@
   <w:num w:numId="16" w16cid:durableId="392461922">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2110079906">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1442258316">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1337687896">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="78915211">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="722212746">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1828398484">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
-  <w:endnotePr>
-[...2 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1474"/>
     <w:rsid w:val="00006384"/>
     <w:rsid w:val="00011A07"/>
     <w:rsid w:val="00030349"/>
     <w:rsid w:val="00032B88"/>
     <w:rsid w:val="000378AF"/>
     <w:rsid w:val="00060768"/>
     <w:rsid w:val="00060F97"/>
     <w:rsid w:val="0007065A"/>
     <w:rsid w:val="000818B6"/>
     <w:rsid w:val="00082019"/>
     <w:rsid w:val="00093F5C"/>
     <w:rsid w:val="000C50F5"/>
     <w:rsid w:val="000D1D61"/>
     <w:rsid w:val="000D363C"/>
     <w:rsid w:val="000D7684"/>
     <w:rsid w:val="00103B1E"/>
     <w:rsid w:val="001057FC"/>
     <w:rsid w:val="00124173"/>
     <w:rsid w:val="001559FF"/>
     <w:rsid w:val="00157C05"/>
     <w:rsid w:val="00171CCB"/>
     <w:rsid w:val="001A62A9"/>
     <w:rsid w:val="001B53C0"/>
     <w:rsid w:val="001C5527"/>
     <w:rsid w:val="001D25D3"/>
     <w:rsid w:val="001F61BC"/>
     <w:rsid w:val="00231964"/>
     <w:rsid w:val="002456B4"/>
     <w:rsid w:val="00256647"/>
     <w:rsid w:val="002575ED"/>
     <w:rsid w:val="00275B9E"/>
     <w:rsid w:val="002B1CDF"/>
     <w:rsid w:val="002B5DFC"/>
     <w:rsid w:val="002C1A5F"/>
+    <w:rsid w:val="002D73D9"/>
     <w:rsid w:val="002E0A15"/>
     <w:rsid w:val="002E1474"/>
     <w:rsid w:val="002F0C99"/>
     <w:rsid w:val="002F4AA9"/>
     <w:rsid w:val="00320011"/>
     <w:rsid w:val="00325E28"/>
     <w:rsid w:val="00327E90"/>
     <w:rsid w:val="00336F56"/>
     <w:rsid w:val="00352400"/>
     <w:rsid w:val="003644C0"/>
     <w:rsid w:val="00367B13"/>
     <w:rsid w:val="003972E5"/>
     <w:rsid w:val="003A43D0"/>
     <w:rsid w:val="003B0083"/>
     <w:rsid w:val="003B64E8"/>
     <w:rsid w:val="003B67D2"/>
     <w:rsid w:val="003B7521"/>
     <w:rsid w:val="003C7ED2"/>
     <w:rsid w:val="003E06CE"/>
     <w:rsid w:val="003E4E72"/>
     <w:rsid w:val="003E7384"/>
     <w:rsid w:val="004128E6"/>
     <w:rsid w:val="0041702E"/>
+    <w:rsid w:val="004175F8"/>
     <w:rsid w:val="0043656F"/>
     <w:rsid w:val="004547DC"/>
     <w:rsid w:val="00454C5E"/>
     <w:rsid w:val="00464784"/>
     <w:rsid w:val="00481D37"/>
     <w:rsid w:val="004C3D5C"/>
     <w:rsid w:val="004C73D3"/>
+    <w:rsid w:val="004F1FD7"/>
     <w:rsid w:val="004F2DFE"/>
     <w:rsid w:val="00514810"/>
     <w:rsid w:val="00525D62"/>
     <w:rsid w:val="00535564"/>
     <w:rsid w:val="00535AB2"/>
+    <w:rsid w:val="00541DA8"/>
     <w:rsid w:val="005624E7"/>
     <w:rsid w:val="00575982"/>
     <w:rsid w:val="00594AEB"/>
     <w:rsid w:val="00595233"/>
     <w:rsid w:val="00596CCE"/>
     <w:rsid w:val="005A4CB5"/>
     <w:rsid w:val="005A5510"/>
     <w:rsid w:val="005B064F"/>
     <w:rsid w:val="005E2BAE"/>
     <w:rsid w:val="005E6520"/>
     <w:rsid w:val="00610077"/>
     <w:rsid w:val="00615244"/>
     <w:rsid w:val="00621CE7"/>
     <w:rsid w:val="0063100B"/>
     <w:rsid w:val="0065142F"/>
     <w:rsid w:val="00663C3A"/>
     <w:rsid w:val="006A165E"/>
     <w:rsid w:val="006A36CA"/>
     <w:rsid w:val="006D0D5B"/>
     <w:rsid w:val="00710C9E"/>
     <w:rsid w:val="0071214F"/>
     <w:rsid w:val="0074105D"/>
     <w:rsid w:val="00776AA6"/>
     <w:rsid w:val="0078170C"/>
     <w:rsid w:val="007951ED"/>
     <w:rsid w:val="007A41BE"/>
     <w:rsid w:val="007B3BA5"/>
     <w:rsid w:val="007E4D1F"/>
     <w:rsid w:val="007E7BD2"/>
     <w:rsid w:val="007F3221"/>
     <w:rsid w:val="00803217"/>
     <w:rsid w:val="00815277"/>
+    <w:rsid w:val="008165BC"/>
     <w:rsid w:val="00817170"/>
     <w:rsid w:val="008173FA"/>
     <w:rsid w:val="0083671F"/>
     <w:rsid w:val="00845EDC"/>
     <w:rsid w:val="00846B73"/>
     <w:rsid w:val="00847CF4"/>
     <w:rsid w:val="008505FB"/>
     <w:rsid w:val="00854E51"/>
     <w:rsid w:val="0086225E"/>
     <w:rsid w:val="00876C21"/>
     <w:rsid w:val="00876DEC"/>
     <w:rsid w:val="00886F0B"/>
     <w:rsid w:val="008949AA"/>
     <w:rsid w:val="008A1344"/>
     <w:rsid w:val="008A7FFD"/>
     <w:rsid w:val="008C7141"/>
     <w:rsid w:val="008D5AFB"/>
     <w:rsid w:val="00904B2C"/>
     <w:rsid w:val="009221B2"/>
     <w:rsid w:val="0092359E"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00960C5E"/>
     <w:rsid w:val="00963F06"/>
     <w:rsid w:val="00996490"/>
     <w:rsid w:val="009A0B0F"/>
     <w:rsid w:val="009B12C6"/>
     <w:rsid w:val="009C2F6B"/>
     <w:rsid w:val="009C4217"/>
     <w:rsid w:val="009D2599"/>
     <w:rsid w:val="009E5395"/>
+    <w:rsid w:val="009F2113"/>
     <w:rsid w:val="00A03E37"/>
     <w:rsid w:val="00A10DB3"/>
     <w:rsid w:val="00A515C0"/>
     <w:rsid w:val="00A66EB7"/>
     <w:rsid w:val="00A95BEA"/>
+    <w:rsid w:val="00AA63FE"/>
     <w:rsid w:val="00AB0B14"/>
     <w:rsid w:val="00AE4CA4"/>
     <w:rsid w:val="00AF5E7A"/>
     <w:rsid w:val="00B121B8"/>
     <w:rsid w:val="00B12C26"/>
     <w:rsid w:val="00B16363"/>
     <w:rsid w:val="00B56EC5"/>
     <w:rsid w:val="00B76F0B"/>
     <w:rsid w:val="00BD3B84"/>
+    <w:rsid w:val="00BD7318"/>
     <w:rsid w:val="00BF43C3"/>
     <w:rsid w:val="00C035B1"/>
     <w:rsid w:val="00C1504E"/>
     <w:rsid w:val="00C27A17"/>
     <w:rsid w:val="00C34B3B"/>
     <w:rsid w:val="00C41FD3"/>
     <w:rsid w:val="00C47F57"/>
     <w:rsid w:val="00C7667A"/>
     <w:rsid w:val="00C93122"/>
     <w:rsid w:val="00C96554"/>
     <w:rsid w:val="00CA107C"/>
     <w:rsid w:val="00CC0A51"/>
     <w:rsid w:val="00CD2C3D"/>
     <w:rsid w:val="00CD3CF8"/>
     <w:rsid w:val="00CF0AEE"/>
     <w:rsid w:val="00CF28C5"/>
     <w:rsid w:val="00D003A4"/>
     <w:rsid w:val="00D1010A"/>
     <w:rsid w:val="00D21BFF"/>
     <w:rsid w:val="00D21FA6"/>
     <w:rsid w:val="00D26262"/>
     <w:rsid w:val="00D32300"/>
     <w:rsid w:val="00D64870"/>
     <w:rsid w:val="00D70E01"/>
     <w:rsid w:val="00D83248"/>
@@ -3039,79 +3115,61 @@
     <w:rsid w:val="00E43BA0"/>
     <w:rsid w:val="00E7353C"/>
     <w:rsid w:val="00E81B96"/>
     <w:rsid w:val="00EB3F7A"/>
     <w:rsid w:val="00EB4D46"/>
     <w:rsid w:val="00ED1157"/>
     <w:rsid w:val="00EF182F"/>
     <w:rsid w:val="00EF6438"/>
     <w:rsid w:val="00F0700D"/>
     <w:rsid w:val="00F105F8"/>
     <w:rsid w:val="00F146B6"/>
     <w:rsid w:val="00F1567B"/>
     <w:rsid w:val="00F33C7E"/>
     <w:rsid w:val="00F4056D"/>
     <w:rsid w:val="00F43747"/>
     <w:rsid w:val="00F45732"/>
     <w:rsid w:val="00F545B1"/>
     <w:rsid w:val="00F552EB"/>
     <w:rsid w:val="00F82396"/>
     <w:rsid w:val="00FD39F8"/>
     <w:rsid w:val="00FD6409"/>
     <w:rsid w:val="00FF386E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
-    <m:brkBin m:val="before"/>
-[...8 lines deleted...]
-    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...6 lines deleted...]
-  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="72B24756"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EBD6FF4D-D06B-4BC3-8D80-BB0DF9804B42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3449,55 +3507,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0023102B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00535AB2"/>
     <w:pPr>
       <w:keepNext/>
@@ -3823,55 +3881,54 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00EF6438"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EF6438"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4091,86 +4148,67 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E136CC152EB1D245A5FDECA292492C8A" ma:contentTypeVersion="10" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="03ea56b43ac7e5ecd2b016772a1d7882">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="73924fda-3357-40d4-9fae-85802a249899" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4577f4a1d6d3f35701df9e4440893c4c" ns3:_="">
     <xsd:import namespace="73924fda-3357-40d4-9fae-85802a249899"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -4310,129 +4348,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0702CA26-07A9-4257-AE04-9377D14F1E67}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD4F6C44-5AE0-4871-8024-CF61AABE57E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E3A06D2-7D1D-40CC-BC96-3F3ACD0E3706}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="73924fda-3357-40d4-9fae-85802a249899"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77045BE8-755A-4A61-B67B-50C8912AF864}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E3A06D2-7D1D-40CC-BC96-3F3ACD0E3706}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD4F6C44-5AE0-4871-8024-CF61AABE57E7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="73924fda-3357-40d4-9fae-85802a249899"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>787</Words>
   <Characters>450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Tatjana Rainiceca</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E136CC152EB1D245A5FDECA292492C8A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
     <vt:filetime>2014-11-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2014-11-05T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>